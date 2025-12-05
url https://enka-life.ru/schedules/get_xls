--- v0 (2025-10-18)
+++ v1 (2025-12-05)
@@ -8,63 +8,63 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$A$1:$U$30</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$A$1:$U$29</definedName>
   </definedNames>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="167" uniqueCount="103">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="175" uniqueCount="106">
   <si>
     <t>Р А С П И С А Н И Е  Г Р У П П О В Ы Х  З А Н Я Т И Й  Ф И Т Н Е С - К Л У Б А « Э Н К А - L I F E »</t>
   </si>
   <si>
-    <t>Действует с 17.10.2025</t>
+    <t>Действует с 03.12.2025</t>
   </si>
   <si>
     <t>ПОНЕДЕЛЬНИК</t>
   </si>
   <si>
     <t>ВТОРНИК</t>
   </si>
   <si>
     <t>СРЕДА</t>
   </si>
   <si>
     <t>ЧЕТВЕРГ</t>
   </si>
   <si>
     <t>ПЯТНИЦА</t>
   </si>
   <si>
     <t>СУББОТА</t>
   </si>
   <si>
     <t>ВОСКРЕСЕНЬЕ</t>
   </si>
   <si>
     <r>
       <rPr>
@@ -194,1562 +194,1634 @@
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">10:00 </t>
     </r>
     <r>
       <rPr>
         <sz val="7"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>ЗАЛ 1</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="7"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
+      <t xml:space="preserve">10:00 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ЗАЛ 4</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">KINESIS ANTI-AGE
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(90') Анна</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">11:00 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ЗАЛ 5</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">HOT FIT
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(55') Сергей</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">11:00 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ЗАЛ 1</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">BASIC STEP
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(45') Лариса</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">12:00 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ЗАЛ 1</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">FULL BODY
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(55') Лариса</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">13:00 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ЗАЛ 1</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">STRETCH
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(45') Лариса</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">14:00 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ЗАЛ 4</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">ZUMBA
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(50') Ирина</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">18:30 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ЗАЛ 1</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">KINESIS HEALTH
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(55') Иван</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">19:00 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ЗАЛ 5</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
       <t xml:space="preserve">YOGA
 </t>
     </r>
     <r>
       <rPr>
         <sz val="7"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
+      <t xml:space="preserve">(90') Ольга </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">19:00 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ЗАЛ 4</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">F-TRAINING
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(55') Юлия</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">19:30 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ЗАЛ 1</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">STRETCH
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(45') Юлия</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">20:30 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ЗАЛ 4</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">MMA Training Camp
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(90') Вадим</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">20:30 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ЗАЛ 3</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">FLY YOGA
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(90') Екатерина</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">08:30 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ЗАЛ 2</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">SPECIAL GROUP
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(45') Юлия</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">09:15 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ЗАЛ 1</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">FITBALL POWER
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(55') Анна</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">BOSU
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(55') Анна</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">ABS + 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(45') Анна</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">HOT-IRON 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(55') Ольга</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">14:00 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ЗАЛ 1</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">ARMS
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(45') Ольга</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">15:00 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ЗАЛ 1</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">ABL
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(45') Екатерина</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">17:00 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ЗАЛ 1</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">18:30 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ЗАЛ 4</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">STRONG Nation
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(55') Ирина</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">HOT-IRON 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(55') Ирина</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">HOT FIT 2
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(55') Сергей</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">ABL
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(45') Лали</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">INTERVAL TR.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(55') Лали</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">PILATES 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(45') Лариса</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">15:00 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ЗАЛ 4</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">FITBALL POWER
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(55') Юлия</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">YOGA
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(90') Таисия</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">POWER VoD
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(55') Юлия</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">BASIC STEP
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(45') Анна</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">STRETCH
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(45') Анна</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">12:00 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ЗАЛ 2</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">B.E.S.T. FIT
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(55') Лали</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">LEG'S&amp;FLEX
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(45') Лали</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">HOT-IRON 2
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(55') Ольга</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">ABS + 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(45') Ольга</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">CIRCLE TR.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(55') Юлия</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">PILATES 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(45') Юлия</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">19:30 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ЗАЛ 2</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">ABL
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(45') Лариса</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">20:30 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ЗАЛ 2</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">TAE BO
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(55') Анна</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">ABL
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(45') Анна</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">LEG'S&amp;FLEX
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(45') Ольга</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">INTERVAL TR.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(55') Ольга</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">18:00 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ЗАЛ 1</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">YOGA FUNCTIONAL
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
       <t>(60') Екатерина</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="7"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">10:00 </t>
-[...93 lines deleted...]
-      <t xml:space="preserve">11:00 </t>
+      <t xml:space="preserve">18:00 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ЗАЛ 2</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">19:00 </t>
     </r>
     <r>
       <rPr>
         <sz val="7"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>ЗАЛ 1</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="7"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">BASIC STEP
-[...895 lines deleted...]
-      </rPr>
       <t xml:space="preserve">20:00 </t>
-    </r>
-[...471 lines deleted...]
-      <t xml:space="preserve">19:00 </t>
     </r>
     <r>
       <rPr>
         <sz val="7"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>ЗАЛ 1</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="7"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">MMA Training Camp
 </t>
     </r>
@@ -2254,51 +2326,51 @@
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>28575</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>112395</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>139065</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1" descr="strong.png"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
@@ -2529,75 +2601,75 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId7"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1095375" y="904875"/>
           <a:ext cx="83820" cy="91440"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>28575</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>12</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>112395</xdr:colOff>
-      <xdr:row>10</xdr:row>
+      <xdr:row>12</xdr:row>
       <xdr:rowOff>139065</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="9" name="Picture 8" descr="paid.png"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId8"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="1095375" y="2752725"/>
+          <a:off x="1095375" y="3400425"/>
           <a:ext cx="83820" cy="91440"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>28575</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>112395</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>139065</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="10" name="Picture 9" descr="strong.png"/>
@@ -2719,75 +2791,75 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId12"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="2162175" y="4048125"/>
           <a:ext cx="83820" cy="91440"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>28575</xdr:colOff>
-      <xdr:row>18</xdr:row>
+      <xdr:row>17</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>112395</xdr:colOff>
-      <xdr:row>18</xdr:row>
+      <xdr:row>17</xdr:row>
       <xdr:rowOff>139065</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="Picture 13" descr="paid.png"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="2162175" y="5343525"/>
+          <a:off x="2162175" y="5019675"/>
           <a:ext cx="83820" cy="91440"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>28575</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>112395</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>139065</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="Picture 14" descr="beginer.png"/>
@@ -2806,710 +2878,748 @@
           <a:off x="3228975" y="1133475"/>
           <a:ext cx="83820" cy="91440"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>28575</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>112395</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>139065</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="16" name="Picture 15" descr="paid.png"/>
+        <xdr:cNvPr id="16" name="Picture 15" descr="strong.png"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="3228975" y="2428875"/>
           <a:ext cx="83820" cy="91440"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>28575</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>9</xdr:col>
       <xdr:colOff>112395</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>139065</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="17" name="Picture 16" descr="beginer.png"/>
+        <xdr:cNvPr id="17" name="Picture 16" descr="paid.png"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="3228975" y="3076575"/>
           <a:ext cx="83820" cy="91440"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>28575</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>9</xdr:col>
+      <xdr:colOff>112395</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>139065</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="Picture 17" descr="beginer.png"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="3228975" y="3724275"/>
+          <a:ext cx="83820" cy="91440"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
       <xdr:col>12</xdr:col>
       <xdr:colOff>28575</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>112395</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>139065</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="18" name="Picture 17" descr="paid.png"/>
+        <xdr:cNvPr id="19" name="Picture 18" descr="paid.png"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="4295775" y="3076575"/>
           <a:ext cx="83820" cy="91440"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>12</xdr:col>
       <xdr:colOff>28575</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>112395</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>234315</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="19" name="Picture 18" descr="record.png"/>
+        <xdr:cNvPr id="20" name="Picture 19" descr="record.png"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="4295775" y="3171825"/>
           <a:ext cx="83820" cy="91440"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>12</xdr:col>
       <xdr:colOff>28575</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>112395</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>139065</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="20" name="Picture 19" descr="record.png"/>
+        <xdr:cNvPr id="21" name="Picture 20" descr="record.png"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="4295775" y="3724275"/>
           <a:ext cx="83820" cy="91440"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>12</xdr:col>
       <xdr:colOff>28575</xdr:colOff>
-      <xdr:row>15</xdr:row>
+      <xdr:row>16</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>112395</xdr:colOff>
-      <xdr:row>15</xdr:row>
+      <xdr:row>16</xdr:row>
       <xdr:rowOff>139065</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="21" name="Picture 20" descr="paid.png"/>
+        <xdr:cNvPr id="22" name="Picture 21" descr="paid.png"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="4295775" y="4371975"/>
+          <a:off x="4295775" y="4695825"/>
           <a:ext cx="83820" cy="91440"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>28575</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>15</xdr:col>
       <xdr:colOff>112395</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>139065</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="22" name="Picture 21" descr="paid.png"/>
+        <xdr:cNvPr id="23" name="Picture 22" descr="paid.png"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="5362575" y="809625"/>
           <a:ext cx="83820" cy="91440"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>28575</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>15</xdr:col>
       <xdr:colOff>112395</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>234315</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="23" name="Picture 22" descr="record.png"/>
+        <xdr:cNvPr id="24" name="Picture 23" descr="record.png"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="5362575" y="904875"/>
           <a:ext cx="83820" cy="91440"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>28575</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>15</xdr:col>
       <xdr:colOff>112395</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>139065</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24" name="Picture 23" descr="strong.png"/>
+        <xdr:cNvPr id="25" name="Picture 24" descr="strong.png"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="5362575" y="1457325"/>
           <a:ext cx="83820" cy="91440"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>28575</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>15</xdr:col>
       <xdr:colOff>112395</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>139065</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="25" name="Picture 24" descr="record.png"/>
+        <xdr:cNvPr id="26" name="Picture 25" descr="record.png"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="5362575" y="2105025"/>
           <a:ext cx="83820" cy="91440"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>28575</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>15</xdr:col>
       <xdr:colOff>112395</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>139065</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="26" name="Picture 25" descr="record.png"/>
+        <xdr:cNvPr id="27" name="Picture 26" descr="record.png"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="5362575" y="2752725"/>
           <a:ext cx="83820" cy="91440"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>104775</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>161925</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="28" name="Picture 27" descr="paid.png"/>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="5857875"/>
+          <a:ext cx="104775" cy="114300"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>104775</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>161925</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="27" name="Picture 26" descr="paid.png"/>
+        <xdr:cNvPr id="29" name="Picture 28" descr="beginer.png"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="0" y="6181725"/>
+          <a:off x="0" y="6048375"/>
           <a:ext cx="104775" cy="114300"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>104775</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>161925</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="28" name="Picture 27" descr="beginer.png"/>
+        <xdr:cNvPr id="30" name="Picture 29" descr="strong.png"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="0" y="6372225"/>
+          <a:off x="0" y="6238875"/>
           <a:ext cx="104775" cy="114300"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
-      <xdr:col>0</xdr:col>
+      <xdr:col>6</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>23</xdr:row>
+      <xdr:row>20</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>0</xdr:col>
+      <xdr:col>6</xdr:col>
       <xdr:colOff>104775</xdr:colOff>
-      <xdr:row>23</xdr:row>
+      <xdr:row>20</xdr:row>
       <xdr:rowOff>161925</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="29" name="Picture 28" descr="strong.png"/>
+        <xdr:cNvPr id="31" name="Picture 30" descr="record.png"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="0" y="6562725"/>
+          <a:off x="2133600" y="5857875"/>
           <a:ext cx="104775" cy="114300"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
-      <xdr:colOff>104775</xdr:colOff>
+      <xdr:colOff>73343</xdr:colOff>
       <xdr:row>21</xdr:row>
-      <xdr:rowOff>161925</xdr:rowOff>
+      <xdr:rowOff>127635</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="30" name="Picture 29" descr="record.png"/>
+        <xdr:cNvPr id="32" name="Picture 31" descr="even.png"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="2133600" y="6181725"/>
-          <a:ext cx="104775" cy="114300"/>
+          <a:off x="2133600" y="6048375"/>
+          <a:ext cx="73343" cy="80010"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>73343</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>127635</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="31" name="Picture 30" descr="even.png"/>
+        <xdr:cNvPr id="33" name="Picture 32" descr="odd.png"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="2133600" y="6372225"/>
-[...37 lines deleted...]
-          <a:off x="2133600" y="6562725"/>
+          <a:off x="2133600" y="6238875"/>
           <a:ext cx="73343" cy="80010"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>19</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>27</xdr:row>
+      <xdr:row>26</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>20</xdr:col>
       <xdr:colOff>259080</xdr:colOff>
-      <xdr:row>31</xdr:row>
+      <xdr:row>30</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="33" name="Picture 32" descr="enklife.png"/>
+        <xdr:cNvPr id="34" name="Picture 33" descr="enklife.png"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="6553200" y="7277100"/>
+          <a:off x="6553200" y="6953250"/>
           <a:ext cx="868680" cy="809625"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
@@ -3767,51 +3877,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A2:U30"/>
+  <dimension ref="A2:U29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="2.28515625" customWidth="1"/>
     <col min="2" max="2" width="9.140625" customWidth="1"/>
     <col min="3" max="3" width="4.5703125" customWidth="1"/>
     <col min="4" max="4" width="2.28515625" customWidth="1"/>
     <col min="5" max="5" width="9.140625" customWidth="1"/>
     <col min="6" max="6" width="4.5703125" customWidth="1"/>
     <col min="7" max="7" width="2.28515625" customWidth="1"/>
     <col min="8" max="8" width="9.140625" customWidth="1"/>
     <col min="9" max="9" width="4.5703125" customWidth="1"/>
     <col min="10" max="10" width="2.28515625" customWidth="1"/>
     <col min="11" max="11" width="9.140625" customWidth="1"/>
     <col min="12" max="12" width="4.5703125" customWidth="1"/>
     <col min="13" max="13" width="2.28515625" customWidth="1"/>
     <col min="14" max="14" width="9.140625" customWidth="1"/>
     <col min="15" max="15" width="4.5703125" customWidth="1"/>
     <col min="16" max="16" width="2.28515625" customWidth="1"/>
     <col min="17" max="17" width="9.140625" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" customWidth="1"/>
     <col min="19" max="19" width="2.28515625" customWidth="1"/>
     <col min="20" max="20" width="9.140625" customWidth="1"/>
@@ -3885,832 +3995,825 @@
         <v>6</v>
       </c>
       <c r="N4" s="3"/>
       <c r="O4" s="3"/>
       <c r="P4" s="3" t="s">
         <v>7</v>
       </c>
       <c r="Q4" s="3"/>
       <c r="R4" s="3"/>
       <c r="S4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="T4" s="3"/>
       <c r="U4" s="3"/>
     </row>
     <row r="5" spans="1:21" ht="25.8" customHeight="1">
       <c r="A5" s="4"/>
       <c r="B5" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="6" t="s">
         <v>10</v>
       </c>
       <c r="D5" s="4"/>
       <c r="E5" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="F5" s="6" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="G5" s="4"/>
       <c r="H5" s="5" t="s">
         <v>9</v>
       </c>
       <c r="I5" s="6" t="s">
         <v>10</v>
       </c>
       <c r="J5" s="4"/>
       <c r="K5" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="L5" s="6" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="M5" s="4"/>
       <c r="N5" s="5" t="s">
         <v>11</v>
       </c>
       <c r="O5" s="6" t="s">
         <v>12</v>
       </c>
       <c r="P5" s="4"/>
       <c r="Q5" s="5" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="R5" s="6" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="S5" s="4"/>
       <c r="T5" s="5" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="U5" s="6" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:21" ht="25.8" customHeight="1">
       <c r="A6" s="4"/>
       <c r="B6" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C6" s="6" t="s">
         <v>12</v>
       </c>
       <c r="D6" s="4"/>
       <c r="E6" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="F6" s="6" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="G6" s="4"/>
       <c r="H6" s="5" t="s">
         <v>11</v>
       </c>
       <c r="I6" s="6" t="s">
         <v>12</v>
       </c>
       <c r="J6" s="4"/>
       <c r="K6" s="5" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M6" s="4"/>
       <c r="N6" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="O6" s="6" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="P6" s="4"/>
       <c r="Q6" s="5" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="R6" s="6" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="S6" s="4"/>
       <c r="T6" s="5" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="U6" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:21" ht="25.8" customHeight="1">
       <c r="A7" s="4"/>
       <c r="B7" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="4"/>
       <c r="E7" s="5" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="F7" s="6" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="G7" s="4"/>
       <c r="H7" s="5" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>14</v>
       </c>
       <c r="J7" s="4"/>
       <c r="K7" s="5" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="M7" s="4"/>
       <c r="N7" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="O7" s="6" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="P7" s="4"/>
       <c r="Q7" s="5" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="R7" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="S7" s="4"/>
       <c r="T7" s="5" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="U7" s="6" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:21" ht="25.8" customHeight="1">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="C8" s="6" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="D8" s="4"/>
       <c r="E8" s="5" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F8" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G8" s="4"/>
       <c r="H8" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="I8" s="6" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="J8" s="4"/>
       <c r="K8" s="5" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="M8" s="4"/>
       <c r="N8" s="5" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="O8" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="P8" s="4"/>
       <c r="Q8" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="R8" s="6" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="S8" s="4"/>
       <c r="T8" s="5"/>
       <c r="U8" s="6"/>
     </row>
     <row r="9" spans="1:21" ht="25.8" customHeight="1">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="C9" s="6" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="D9" s="4"/>
       <c r="E9" s="5" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F9" s="6" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="G9" s="4"/>
       <c r="H9" s="5" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="I9" s="6" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="J9" s="4"/>
       <c r="K9" s="5" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="M9" s="4"/>
       <c r="N9" s="5" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="O9" s="6" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="P9" s="4"/>
       <c r="Q9" s="5" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="R9" s="6" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="S9" s="4"/>
       <c r="T9" s="5"/>
       <c r="U9" s="6"/>
     </row>
     <row r="10" spans="1:21" ht="25.8" customHeight="1">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="C10" s="6" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="D10" s="4"/>
       <c r="E10" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="F10" s="6" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="G10" s="4"/>
       <c r="H10" s="5" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="I10" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="J10" s="4"/>
       <c r="K10" s="5" t="s">
-        <v>11</v>
+        <v>67</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="M10" s="4"/>
       <c r="N10" s="5" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="O10" s="6" t="s">
-        <v>73</v>
+        <v>50</v>
       </c>
       <c r="P10" s="4"/>
       <c r="Q10" s="5" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="R10" s="6" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S10" s="4"/>
       <c r="T10" s="5"/>
       <c r="U10" s="6"/>
     </row>
     <row r="11" spans="1:21" ht="25.8" customHeight="1">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="C11" s="6" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="D11" s="4"/>
       <c r="E11" s="5" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>48</v>
       </c>
       <c r="G11" s="4"/>
       <c r="H11" s="5" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="I11" s="6" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="J11" s="4"/>
       <c r="K11" s="5" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="M11" s="4"/>
       <c r="N11" s="5" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="O11" s="6" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="P11" s="4"/>
       <c r="Q11" s="5" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="R11" s="6" t="s">
-        <v>54</v>
+        <v>46</v>
       </c>
       <c r="S11" s="4"/>
       <c r="T11" s="5"/>
       <c r="U11" s="6"/>
     </row>
     <row r="12" spans="1:21" ht="25.8" customHeight="1">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="C12" s="6" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
       <c r="D12" s="4"/>
       <c r="E12" s="5" t="s">
         <v>49</v>
       </c>
       <c r="F12" s="6" t="s">
-        <v>28</v>
+        <v>50</v>
       </c>
       <c r="G12" s="4"/>
       <c r="H12" s="5" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I12" s="6" t="s">
-        <v>54</v>
+        <v>46</v>
       </c>
       <c r="J12" s="4"/>
       <c r="K12" s="5" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>34</v>
+        <v>51</v>
       </c>
       <c r="M12" s="4"/>
       <c r="N12" s="5" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="O12" s="6" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="P12" s="4"/>
       <c r="Q12" s="5"/>
       <c r="R12" s="6"/>
       <c r="S12" s="4"/>
       <c r="T12" s="5"/>
       <c r="U12" s="6"/>
     </row>
     <row r="13" spans="1:21" ht="25.8" customHeight="1">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C13" s="6" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="D13" s="4"/>
       <c r="E13" s="5" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
       <c r="F13" s="6" t="s">
-        <v>34</v>
+        <v>51</v>
       </c>
       <c r="G13" s="4"/>
       <c r="H13" s="5" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="I13" s="6" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="J13" s="4"/>
       <c r="K13" s="5" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>67</v>
+        <v>27</v>
       </c>
       <c r="M13" s="4"/>
       <c r="N13" s="5" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="O13" s="6" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="P13" s="4"/>
       <c r="Q13" s="5"/>
       <c r="R13" s="6"/>
       <c r="S13" s="4"/>
       <c r="T13" s="5"/>
       <c r="U13" s="6"/>
     </row>
     <row r="14" spans="1:21" ht="25.8" customHeight="1">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C14" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="C14" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D14" s="4"/>
-      <c r="E14" s="5"/>
-      <c r="F14" s="6"/>
+      <c r="E14" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="F14" s="6" t="s">
+        <v>27</v>
+      </c>
       <c r="G14" s="4"/>
       <c r="H14" s="5" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="I14" s="6" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="J14" s="4"/>
       <c r="K14" s="5" t="s">
-        <v>68</v>
+        <v>20</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>69</v>
+        <v>33</v>
       </c>
       <c r="M14" s="4"/>
       <c r="N14" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="O14" s="6" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="P14" s="4"/>
       <c r="Q14" s="5"/>
       <c r="R14" s="6"/>
       <c r="S14" s="4"/>
       <c r="T14" s="5"/>
       <c r="U14" s="6"/>
     </row>
     <row r="15" spans="1:21" ht="25.8" customHeight="1">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C15" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="C15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D15" s="4"/>
-      <c r="E15" s="5"/>
-      <c r="F15" s="6"/>
+      <c r="E15" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="F15" s="6" t="s">
+        <v>33</v>
+      </c>
       <c r="G15" s="4"/>
       <c r="H15" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="I15" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="I15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J15" s="4"/>
-      <c r="K15" s="5"/>
-      <c r="L15" s="6"/>
+      <c r="K15" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="L15" s="6" t="s">
+        <v>71</v>
+      </c>
       <c r="M15" s="4"/>
       <c r="N15" s="5" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="O15" s="6" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="P15" s="4"/>
       <c r="Q15" s="5"/>
       <c r="R15" s="6"/>
       <c r="S15" s="4"/>
       <c r="T15" s="5"/>
       <c r="U15" s="6"/>
     </row>
     <row r="16" spans="1:21" ht="25.8" customHeight="1">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C16" s="6" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="D16" s="4"/>
       <c r="E16" s="5"/>
       <c r="F16" s="6"/>
       <c r="G16" s="4"/>
       <c r="H16" s="5" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="I16" s="6" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="J16" s="4"/>
-      <c r="K16" s="5"/>
-      <c r="L16" s="6"/>
+      <c r="K16" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="L16" s="6" t="s">
+        <v>73</v>
+      </c>
       <c r="M16" s="4"/>
       <c r="N16" s="5" t="s">
-        <v>80</v>
+        <v>26</v>
       </c>
       <c r="O16" s="6" t="s">
-        <v>38</v>
+        <v>82</v>
       </c>
       <c r="P16" s="4"/>
       <c r="Q16" s="5"/>
       <c r="R16" s="6"/>
       <c r="S16" s="4"/>
       <c r="T16" s="5"/>
       <c r="U16" s="6"/>
     </row>
     <row r="17" spans="1:21" ht="25.8" customHeight="1">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C17" s="6" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="D17" s="4"/>
       <c r="E17" s="5"/>
       <c r="F17" s="6"/>
       <c r="G17" s="4"/>
       <c r="H17" s="5" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="I17" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="J17" s="4"/>
       <c r="K17" s="5"/>
       <c r="L17" s="6"/>
       <c r="M17" s="4"/>
-      <c r="N17" s="5"/>
-      <c r="O17" s="6"/>
+      <c r="N17" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="O17" s="6" t="s">
+        <v>37</v>
+      </c>
       <c r="P17" s="4"/>
       <c r="Q17" s="5"/>
       <c r="R17" s="6"/>
       <c r="S17" s="4"/>
       <c r="T17" s="5"/>
       <c r="U17" s="6"/>
     </row>
     <row r="18" spans="1:21" ht="25.8" customHeight="1">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="C18" s="6" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="D18" s="4"/>
       <c r="E18" s="5"/>
       <c r="F18" s="6"/>
       <c r="G18" s="4"/>
       <c r="H18" s="5" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="I18" s="6" t="s">
-        <v>59</v>
+        <v>37</v>
       </c>
       <c r="J18" s="4"/>
       <c r="K18" s="5"/>
       <c r="L18" s="6"/>
       <c r="M18" s="4"/>
       <c r="N18" s="5"/>
       <c r="O18" s="6"/>
       <c r="P18" s="4"/>
       <c r="Q18" s="5"/>
       <c r="R18" s="6"/>
       <c r="S18" s="4"/>
       <c r="T18" s="5"/>
       <c r="U18" s="6"/>
     </row>
     <row r="19" spans="1:21" ht="25.8" customHeight="1">
       <c r="A19" s="4"/>
       <c r="B19" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="C19" s="6" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="D19" s="4"/>
       <c r="E19" s="5"/>
       <c r="F19" s="6"/>
       <c r="G19" s="4"/>
       <c r="H19" s="5" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="I19" s="6" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="J19" s="4"/>
       <c r="K19" s="5"/>
       <c r="L19" s="6"/>
       <c r="M19" s="4"/>
       <c r="N19" s="5"/>
       <c r="O19" s="6"/>
       <c r="P19" s="4"/>
       <c r="Q19" s="5"/>
       <c r="R19" s="6"/>
       <c r="S19" s="4"/>
       <c r="T19" s="5"/>
       <c r="U19" s="6"/>
     </row>
-    <row r="20" spans="1:21" ht="25.8" customHeight="1">
-[...24 lines deleted...]
-      <c r="U20" s="6"/>
+    <row r="21" spans="1:21">
+      <c r="B21" s="7" t="s">
+        <v>97</v>
+      </c>
+      <c r="C21" s="8"/>
+      <c r="D21" s="8"/>
+      <c r="E21" s="8"/>
+      <c r="H21" s="7" t="s">
+        <v>100</v>
+      </c>
+      <c r="I21" s="8"/>
+      <c r="J21" s="8"/>
+      <c r="K21" s="8"/>
+      <c r="M21" t="s">
+        <v>92</v>
+      </c>
+      <c r="N21" s="8"/>
+      <c r="O21" s="8"/>
+      <c r="P21" s="8"/>
+      <c r="Q21" s="8"/>
     </row>
     <row r="22" spans="1:21">
       <c r="B22" s="7" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="C22" s="8"/>
       <c r="D22" s="8"/>
       <c r="E22" s="8"/>
       <c r="H22" s="7" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="I22" s="8"/>
       <c r="J22" s="8"/>
       <c r="K22" s="8"/>
       <c r="M22" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="N22" s="8"/>
       <c r="O22" s="8"/>
       <c r="P22" s="8"/>
       <c r="Q22" s="8"/>
     </row>
     <row r="23" spans="1:21">
       <c r="B23" s="7" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="C23" s="8"/>
       <c r="D23" s="8"/>
       <c r="E23" s="8"/>
       <c r="H23" s="7" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="I23" s="8"/>
       <c r="J23" s="8"/>
       <c r="K23" s="8"/>
       <c r="M23" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="N23" s="8"/>
       <c r="O23" s="8"/>
       <c r="P23" s="8"/>
       <c r="Q23" s="8"/>
     </row>
     <row r="24" spans="1:21">
-      <c r="B24" s="7" t="s">
-[...10 lines deleted...]
-      <c r="K24" s="8"/>
       <c r="M24" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="N24" s="8"/>
       <c r="O24" s="8"/>
       <c r="P24" s="8"/>
       <c r="Q24" s="8"/>
     </row>
     <row r="25" spans="1:21">
       <c r="M25" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="N25" s="8"/>
       <c r="O25" s="8"/>
       <c r="P25" s="8"/>
       <c r="Q25" s="8"/>
     </row>
-    <row r="26" spans="1:21">
-[...6 lines deleted...]
-      <c r="Q26" s="8"/>
+    <row r="27" spans="1:21">
+      <c r="N27" s="7" t="s">
+        <v>103</v>
+      </c>
+      <c r="O27" s="8"/>
+      <c r="P27" s="8"/>
+      <c r="Q27" s="8"/>
+      <c r="R27" s="8"/>
+      <c r="S27" s="8"/>
     </row>
     <row r="28" spans="1:21">
       <c r="N28" s="7" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="O28" s="8"/>
       <c r="P28" s="8"/>
       <c r="Q28" s="8"/>
       <c r="R28" s="8"/>
       <c r="S28" s="8"/>
     </row>
     <row r="29" spans="1:21">
       <c r="N29" s="7" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="O29" s="8"/>
       <c r="P29" s="8"/>
       <c r="Q29" s="8"/>
       <c r="R29" s="8"/>
       <c r="S29" s="8"/>
-    </row>
-[...8 lines deleted...]
-      <c r="S30" s="8"/>
     </row>
   </sheetData>
   <mergeCells count="23">
     <mergeCell ref="C2:S2"/>
     <mergeCell ref="C3:S3"/>
     <mergeCell ref="A4:C4"/>
     <mergeCell ref="D4:F4"/>
     <mergeCell ref="G4:I4"/>
     <mergeCell ref="J4:L4"/>
     <mergeCell ref="M4:O4"/>
     <mergeCell ref="P4:R4"/>
     <mergeCell ref="S4:U4"/>
+    <mergeCell ref="M21:Q21"/>
     <mergeCell ref="M22:Q22"/>
     <mergeCell ref="M23:Q23"/>
     <mergeCell ref="M24:Q24"/>
     <mergeCell ref="M25:Q25"/>
-    <mergeCell ref="M26:Q26"/>
+    <mergeCell ref="B21:E21"/>
     <mergeCell ref="B22:E22"/>
     <mergeCell ref="B23:E23"/>
-    <mergeCell ref="B24:E24"/>
+    <mergeCell ref="H21:K21"/>
     <mergeCell ref="H22:K22"/>
     <mergeCell ref="H23:K23"/>
-    <mergeCell ref="H24:K24"/>
+    <mergeCell ref="N27:S27"/>
     <mergeCell ref="N28:S28"/>
     <mergeCell ref="N29:S29"/>
-    <mergeCell ref="N30:S30"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="landscape"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>