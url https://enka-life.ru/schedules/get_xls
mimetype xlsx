--- v1 (2025-12-05)
+++ v2 (2026-02-03)
@@ -15,1870 +15,1847 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$A$1:$U$29</definedName>
   </definedNames>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="175" uniqueCount="106">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="173" uniqueCount="105">
   <si>
     <t>Р А С П И С А Н И Е  Г Р У П П О В Ы Х  З А Н Я Т И Й  Ф И Т Н Е С - К Л У Б А « Э Н К А - L I F E »</t>
   </si>
   <si>
-    <t>Действует с 03.12.2025</t>
+    <t>Действует с 14.01.2026</t>
   </si>
   <si>
     <t>ПОНЕДЕЛЬНИК</t>
   </si>
   <si>
     <t>ВТОРНИК</t>
   </si>
   <si>
     <t>СРЕДА</t>
   </si>
   <si>
     <t>ЧЕТВЕРГ</t>
   </si>
   <si>
     <t>ПЯТНИЦА</t>
   </si>
   <si>
     <t>СУББОТА</t>
   </si>
   <si>
     <t>ВОСКРЕСЕНЬЕ</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="7"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
+      <t xml:space="preserve">YOGA
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(90') Екатерина</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">08:30 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ЗАЛ 4</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
       <t xml:space="preserve">ANTI AGE фитнес
 </t>
     </r>
     <r>
       <rPr>
         <sz val="7"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>(90') Анна</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="7"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">08:30 </t>
     </r>
     <r>
       <rPr>
         <sz val="7"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>ЗАЛ 1</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="7"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
+      <t xml:space="preserve">ARMS
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(45') Анна</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">10:00 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ЗАЛ 1</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">10:00 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ЗАЛ 4</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">KINESIS ANTI-AGE
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(90') Анна</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">11:00 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ЗАЛ 5</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">HOT FIT
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(55') Сергей</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">11:00 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ЗАЛ 1</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">BASIC STEP
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(45') Лариса</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">12:00 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ЗАЛ 1</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">FULL BODY
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(55') Лариса</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">13:00 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ЗАЛ 1</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">STRETCH
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(45') Лариса</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">14:00 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ЗАЛ 4</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">ZUMBA
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(50') Ирина</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">18:30 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ЗАЛ 1</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">KINESIS HEALTH
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(55') Иван</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">19:00 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ЗАЛ 5</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
       <t xml:space="preserve">YOGA
 </t>
     </r>
     <r>
       <rPr>
         <sz val="7"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
+      <t xml:space="preserve">(90') Ольга </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">19:00 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ЗАЛ 4</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">F-TRAINING
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(55') Юлия</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">19:30 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ЗАЛ 1</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">STRETCH
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(45') Юлия</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">20:30 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ЗАЛ 4</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">MMA Training Camp
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(90') Вадим</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">20:30 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ЗАЛ 3</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">FLY YOGA
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
       <t>(90') Екатерина</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="7"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">08:30 </t>
     </r>
     <r>
       <rPr>
         <sz val="7"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
+      <t>ЗАЛ 2</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">SPECIAL GROUP
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(45') Юлия</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">09:15 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ЗАЛ 1</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">FITBALL POWER
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(55') Анна</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">BOSU
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(55') Анна</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">ABS + 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(45') Анна</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">HOT-IRON 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(55') Ольга</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">14:00 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ЗАЛ 1</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">ARMS
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(45') Ольга</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">15:00 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ЗАЛ 1</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">ABL
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(45') Екатерина</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">17:00 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ЗАЛ 1</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">18:30 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
       <t>ЗАЛ 4</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="7"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">ARMS
+      <t xml:space="preserve">STRONG Nation
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(55') Ирина</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">HOT-IRON 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(55') Ирина</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">HOT FIT 2
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(55') Сергей</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">ABL
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(45') Лали</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">INTERVAL TR.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(55') Лали</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">PILATES 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(45') Лариса</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">15:00 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ЗАЛ 4</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">FITBALL POWER
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(55') Юлия</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">POWER VoD
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(55') Юлия</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">BASIC STEP
 </t>
     </r>
     <r>
       <rPr>
         <sz val="7"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>(45') Анна</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="7"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">10:00 </t>
+      <t xml:space="preserve">STRETCH
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(45') Анна</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">12:00 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ЗАЛ 2</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">B.E.S.T. FIT
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(55') Лали</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">LEG'S&amp;FLEX
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(45') Лали</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">HOT-IRON 2
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(55') Ольга</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">ABS + 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(45') Ольга</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">CIRCLE TR.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(55') Юлия</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">PILATES 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(45') Юлия</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">19:30 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ЗАЛ 2</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">ABL
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(45') Лариса</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">20:30 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ЗАЛ 2</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">TAE BO
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(55') Анна</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">ABL
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(45') Анна</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">LEG'S&amp;FLEX
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(45') Ольга</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">INTERVAL TR.
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(55') Ольга</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">18:00 </t>
     </r>
     <r>
       <rPr>
         <sz val="7"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>ЗАЛ 1</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="7"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">10:00 </t>
-[...93 lines deleted...]
-      <t xml:space="preserve">11:00 </t>
+      <t xml:space="preserve">YOGA FUNCTIONAL
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(60') Екатерина</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">18:00 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>ЗАЛ 2</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">YOGA
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(90') Таисия</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">19:00 </t>
     </r>
     <r>
       <rPr>
         <sz val="7"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>ЗАЛ 1</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="7"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">BASIC STEP
-[...23 lines deleted...]
-      <t xml:space="preserve">12:00 </t>
+      <t xml:space="preserve">20:00 </t>
     </r>
     <r>
       <rPr>
         <sz val="7"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>ЗАЛ 1</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="7"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">FULL BODY
-[...327 lines deleted...]
-      </rPr>
       <t xml:space="preserve">MMA Training Camp
 </t>
     </r>
     <r>
       <rPr>
         <sz val="7"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>(90') Вадим</t>
-[...1111 lines deleted...]
-      </rPr>
       <t>(60') Вадим</t>
-    </r>
-[...21 lines deleted...]
-      <t>ЗАЛ 2</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="7"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">FULL BODY
 </t>
     </r>
     <r>
       <rPr>
         <sz val="7"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>(55') Лали</t>
     </r>
@@ -2326,84 +2303,84 @@
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>28575</xdr:colOff>
-      <xdr:row>4</xdr:row>
+      <xdr:row>5</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>112395</xdr:colOff>
-      <xdr:row>4</xdr:row>
+      <xdr:row>5</xdr:row>
       <xdr:rowOff>139065</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1" descr="strong.png"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="28575" y="809625"/>
+          <a:off x="28575" y="1133475"/>
           <a:ext cx="83820" cy="91440"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>28575</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>112395</xdr:colOff>
       <xdr:row>8</xdr:row>
       <xdr:rowOff>139065</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 2" descr="record.png"/>
@@ -3133,486 +3110,410 @@
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="4295775" y="4695825"/>
           <a:ext cx="83820" cy="91440"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>28575</xdr:colOff>
-      <xdr:row>4</xdr:row>
+      <xdr:row>5</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>15</xdr:col>
       <xdr:colOff>112395</xdr:colOff>
-      <xdr:row>4</xdr:row>
+      <xdr:row>5</xdr:row>
       <xdr:rowOff>139065</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="23" name="Picture 22" descr="paid.png"/>
+        <xdr:cNvPr id="23" name="Picture 22" descr="strong.png"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="5362575" y="809625"/>
+          <a:off x="5362575" y="1133475"/>
           <a:ext cx="83820" cy="91440"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>28575</xdr:colOff>
-      <xdr:row>4</xdr:row>
-      <xdr:rowOff>142875</xdr:rowOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>15</xdr:col>
       <xdr:colOff>112395</xdr:colOff>
-      <xdr:row>4</xdr:row>
-      <xdr:rowOff>234315</xdr:rowOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>139065</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="24" name="Picture 23" descr="record.png"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="5362575" y="904875"/>
+          <a:off x="5362575" y="1781175"/>
           <a:ext cx="83820" cy="91440"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>15</xdr:col>
       <xdr:colOff>28575</xdr:colOff>
-      <xdr:row>6</xdr:row>
+      <xdr:row>9</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>15</xdr:col>
       <xdr:colOff>112395</xdr:colOff>
-      <xdr:row>6</xdr:row>
+      <xdr:row>9</xdr:row>
       <xdr:rowOff>139065</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="25" name="Picture 24" descr="strong.png"/>
+        <xdr:cNvPr id="25" name="Picture 24" descr="record.png"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="5362575" y="1457325"/>
-[...75 lines deleted...]
-          <a:off x="5362575" y="2752725"/>
+          <a:off x="5362575" y="2428875"/>
           <a:ext cx="83820" cy="91440"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>104775</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>161925</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="28" name="Picture 27" descr="paid.png"/>
+        <xdr:cNvPr id="26" name="Picture 25" descr="paid.png"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="5857875"/>
           <a:ext cx="104775" cy="114300"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>104775</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>161925</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="29" name="Picture 28" descr="beginer.png"/>
+        <xdr:cNvPr id="27" name="Picture 26" descr="beginer.png"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="6048375"/>
           <a:ext cx="104775" cy="114300"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>104775</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>161925</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="30" name="Picture 29" descr="strong.png"/>
+        <xdr:cNvPr id="28" name="Picture 27" descr="strong.png"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="6238875"/>
           <a:ext cx="104775" cy="114300"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>104775</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>161925</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="31" name="Picture 30" descr="record.png"/>
+        <xdr:cNvPr id="29" name="Picture 28" descr="record.png"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="2133600" y="5857875"/>
           <a:ext cx="104775" cy="114300"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>73343</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>127635</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="32" name="Picture 31" descr="even.png"/>
+        <xdr:cNvPr id="30" name="Picture 29" descr="even.png"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="2133600" y="6048375"/>
           <a:ext cx="73343" cy="80010"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>73343</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>127635</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="33" name="Picture 32" descr="odd.png"/>
+        <xdr:cNvPr id="31" name="Picture 30" descr="odd.png"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="2133600" y="6238875"/>
           <a:ext cx="73343" cy="80010"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>19</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>26</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>20</xdr:col>
       <xdr:colOff>259080</xdr:colOff>
       <xdr:row>30</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="34" name="Picture 33" descr="enklife.png"/>
+        <xdr:cNvPr id="32" name="Picture 31" descr="enklife.png"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="6553200" y="6953250"/>
           <a:ext cx="868680" cy="809625"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -4002,449 +3903,445 @@
       <c r="Q4" s="3"/>
       <c r="R4" s="3"/>
       <c r="S4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="T4" s="3"/>
       <c r="U4" s="3"/>
     </row>
     <row r="5" spans="1:21" ht="25.8" customHeight="1">
       <c r="A5" s="4"/>
       <c r="B5" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C5" s="6" t="s">
         <v>10</v>
       </c>
       <c r="D5" s="4"/>
       <c r="E5" s="5" t="s">
         <v>38</v>
       </c>
       <c r="F5" s="6" t="s">
         <v>39</v>
       </c>
       <c r="G5" s="4"/>
       <c r="H5" s="5" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="I5" s="6" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="J5" s="4"/>
       <c r="K5" s="5" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="6" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4"/>
       <c r="N5" s="5" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="O5" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="P5" s="4"/>
       <c r="Q5" s="5" t="s">
-        <v>38</v>
+        <v>84</v>
       </c>
       <c r="R5" s="6" t="s">
-        <v>84</v>
+        <v>19</v>
       </c>
       <c r="S5" s="4"/>
       <c r="T5" s="5" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="U5" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:21" ht="25.8" customHeight="1">
       <c r="A6" s="4"/>
       <c r="B6" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C6" s="6" t="s">
         <v>12</v>
       </c>
       <c r="D6" s="4"/>
       <c r="E6" s="5" t="s">
         <v>40</v>
       </c>
       <c r="F6" s="6" t="s">
         <v>41</v>
       </c>
       <c r="G6" s="4"/>
       <c r="H6" s="5" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="I6" s="6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="J6" s="4"/>
       <c r="K6" s="5" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="L6" s="6" t="s">
         <v>19</v>
       </c>
       <c r="M6" s="4"/>
       <c r="N6" s="5" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="O6" s="6" t="s">
         <v>15</v>
       </c>
       <c r="P6" s="4"/>
       <c r="Q6" s="5" t="s">
-        <v>85</v>
+        <v>54</v>
       </c>
       <c r="R6" s="6" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="S6" s="4"/>
       <c r="T6" s="5" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="U6" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:21" ht="25.8" customHeight="1">
       <c r="A7" s="4"/>
       <c r="B7" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="4"/>
       <c r="E7" s="5" t="s">
         <v>42</v>
       </c>
       <c r="F7" s="6" t="s">
         <v>19</v>
       </c>
       <c r="G7" s="4"/>
       <c r="H7" s="5" t="s">
         <v>44</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>14</v>
       </c>
       <c r="J7" s="4"/>
       <c r="K7" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="L7" s="6" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="M7" s="4"/>
       <c r="N7" s="5" t="s">
         <v>18</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P7" s="4"/>
       <c r="Q7" s="5" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="R7" s="6" t="s">
-        <v>21</v>
+        <v>63</v>
       </c>
       <c r="S7" s="4"/>
       <c r="T7" s="5" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:21" ht="25.8" customHeight="1">
       <c r="A8" s="4"/>
       <c r="B8" s="5" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="C8" s="6" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="4"/>
       <c r="E8" s="5" t="s">
         <v>43</v>
       </c>
       <c r="F8" s="6" t="s">
         <v>21</v>
       </c>
       <c r="G8" s="4"/>
       <c r="H8" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="6" t="s">
         <v>17</v>
       </c>
       <c r="J8" s="4"/>
       <c r="K8" s="5" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="L8" s="6" t="s">
         <v>21</v>
       </c>
       <c r="M8" s="4"/>
       <c r="N8" s="5" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="O8" s="6" t="s">
         <v>21</v>
       </c>
       <c r="P8" s="4"/>
       <c r="Q8" s="5" t="s">
-        <v>26</v>
+        <v>85</v>
       </c>
       <c r="R8" s="6" t="s">
-        <v>64</v>
+        <v>86</v>
       </c>
       <c r="S8" s="4"/>
       <c r="T8" s="5"/>
       <c r="U8" s="6"/>
     </row>
     <row r="9" spans="1:21" ht="25.8" customHeight="1">
       <c r="A9" s="4"/>
       <c r="B9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="C9" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D9" s="4"/>
       <c r="E9" s="5" t="s">
         <v>44</v>
       </c>
       <c r="F9" s="6" t="s">
         <v>23</v>
       </c>
       <c r="G9" s="4"/>
       <c r="H9" s="5" t="s">
         <v>54</v>
       </c>
       <c r="I9" s="6" t="s">
         <v>19</v>
       </c>
       <c r="J9" s="4"/>
       <c r="K9" s="5" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="L9" s="6" t="s">
         <v>23</v>
       </c>
       <c r="M9" s="4"/>
       <c r="N9" s="5" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="O9" s="6" t="s">
         <v>23</v>
       </c>
       <c r="P9" s="4"/>
       <c r="Q9" s="5" t="s">
-        <v>86</v>
+        <v>65</v>
       </c>
       <c r="R9" s="6" t="s">
-        <v>87</v>
+        <v>23</v>
       </c>
       <c r="S9" s="4"/>
       <c r="T9" s="5"/>
       <c r="U9" s="6"/>
     </row>
     <row r="10" spans="1:21" ht="25.8" customHeight="1">
       <c r="A10" s="4"/>
       <c r="B10" s="5" t="s">
         <v>18</v>
       </c>
       <c r="C10" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D10" s="4"/>
       <c r="E10" s="5" t="s">
         <v>45</v>
       </c>
       <c r="F10" s="6" t="s">
         <v>46</v>
       </c>
       <c r="G10" s="4"/>
       <c r="H10" s="5" t="s">
         <v>55</v>
       </c>
       <c r="I10" s="6" t="s">
         <v>21</v>
       </c>
       <c r="J10" s="4"/>
       <c r="K10" s="5" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="L10" s="6" t="s">
         <v>46</v>
       </c>
       <c r="M10" s="4"/>
       <c r="N10" s="5" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="O10" s="6" t="s">
         <v>50</v>
       </c>
       <c r="P10" s="4"/>
       <c r="Q10" s="5" t="s">
-        <v>66</v>
+        <v>87</v>
       </c>
       <c r="R10" s="6" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="S10" s="4"/>
       <c r="T10" s="5"/>
       <c r="U10" s="6"/>
     </row>
     <row r="11" spans="1:21" ht="25.8" customHeight="1">
       <c r="A11" s="4"/>
       <c r="B11" s="5" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="4"/>
       <c r="E11" s="5" t="s">
         <v>47</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>48</v>
       </c>
       <c r="G11" s="4"/>
       <c r="H11" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I11" s="6" t="s">
         <v>23</v>
       </c>
       <c r="J11" s="4"/>
       <c r="K11" s="5" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="L11" s="6" t="s">
         <v>48</v>
       </c>
       <c r="M11" s="4"/>
       <c r="N11" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="O11" s="6" t="s">
         <v>77</v>
       </c>
-      <c r="O11" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P11" s="4"/>
-      <c r="Q11" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="Q11" s="5"/>
+      <c r="R11" s="6"/>
       <c r="S11" s="4"/>
       <c r="T11" s="5"/>
       <c r="U11" s="6"/>
     </row>
     <row r="12" spans="1:21" ht="25.8" customHeight="1">
       <c r="A12" s="4"/>
       <c r="B12" s="5" t="s">
         <v>22</v>
       </c>
       <c r="C12" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D12" s="4"/>
       <c r="E12" s="5" t="s">
         <v>49</v>
       </c>
       <c r="F12" s="6" t="s">
         <v>50</v>
       </c>
       <c r="G12" s="4"/>
       <c r="H12" s="5" t="s">
         <v>22</v>
       </c>
       <c r="I12" s="6" t="s">
         <v>46</v>
       </c>
       <c r="J12" s="4"/>
       <c r="K12" s="5" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="L12" s="6" t="s">
         <v>51</v>
       </c>
       <c r="M12" s="4"/>
       <c r="N12" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="O12" s="6" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="P12" s="4"/>
       <c r="Q12" s="5"/>
       <c r="R12" s="6"/>
       <c r="S12" s="4"/>
       <c r="T12" s="5"/>
       <c r="U12" s="6"/>
     </row>
     <row r="13" spans="1:21" ht="25.8" customHeight="1">
       <c r="A13" s="4"/>
       <c r="B13" s="5" t="s">
         <v>24</v>
       </c>
       <c r="C13" s="6" t="s">
         <v>25</v>
       </c>
       <c r="D13" s="4"/>
       <c r="E13" s="5" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F13" s="6" t="s">
         <v>51</v>
       </c>
       <c r="G13" s="4"/>
       <c r="H13" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I13" s="6" t="s">
         <v>58</v>
       </c>
       <c r="J13" s="4"/>
       <c r="K13" s="5" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="L13" s="6" t="s">
         <v>27</v>
       </c>
       <c r="M13" s="4"/>
       <c r="N13" s="5" t="s">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="O13" s="6" t="s">
         <v>51</v>
       </c>
       <c r="P13" s="4"/>
       <c r="Q13" s="5"/>
       <c r="R13" s="6"/>
       <c r="S13" s="4"/>
       <c r="T13" s="5"/>
       <c r="U13" s="6"/>
     </row>
     <row r="14" spans="1:21" ht="25.8" customHeight="1">
       <c r="A14" s="4"/>
       <c r="B14" s="5" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D14" s="4"/>
       <c r="E14" s="5" t="s">
         <v>52</v>
       </c>
       <c r="F14" s="6" t="s">
         <v>27</v>
@@ -4479,122 +4376,122 @@
     </row>
     <row r="15" spans="1:21" ht="25.8" customHeight="1">
       <c r="A15" s="4"/>
       <c r="B15" s="5" t="s">
         <v>28</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>29</v>
       </c>
       <c r="D15" s="4"/>
       <c r="E15" s="5" t="s">
         <v>53</v>
       </c>
       <c r="F15" s="6" t="s">
         <v>33</v>
       </c>
       <c r="G15" s="4"/>
       <c r="H15" s="5" t="s">
         <v>28</v>
       </c>
       <c r="I15" s="6" t="s">
         <v>29</v>
       </c>
       <c r="J15" s="4"/>
       <c r="K15" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="L15" s="6" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="M15" s="4"/>
       <c r="N15" s="5" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>81</v>
       </c>
       <c r="P15" s="4"/>
       <c r="Q15" s="5"/>
       <c r="R15" s="6"/>
       <c r="S15" s="4"/>
       <c r="T15" s="5"/>
       <c r="U15" s="6"/>
     </row>
     <row r="16" spans="1:21" ht="25.8" customHeight="1">
       <c r="A16" s="4"/>
       <c r="B16" s="5" t="s">
         <v>30</v>
       </c>
       <c r="C16" s="6" t="s">
         <v>31</v>
       </c>
       <c r="D16" s="4"/>
       <c r="E16" s="5"/>
       <c r="F16" s="6"/>
       <c r="G16" s="4"/>
       <c r="H16" s="5" t="s">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="I16" s="6" t="s">
         <v>31</v>
       </c>
       <c r="J16" s="4"/>
       <c r="K16" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="L16" s="6" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="M16" s="4"/>
       <c r="N16" s="5" t="s">
         <v>26</v>
       </c>
       <c r="O16" s="6" t="s">
         <v>82</v>
       </c>
       <c r="P16" s="4"/>
       <c r="Q16" s="5"/>
       <c r="R16" s="6"/>
       <c r="S16" s="4"/>
       <c r="T16" s="5"/>
       <c r="U16" s="6"/>
     </row>
     <row r="17" spans="1:21" ht="25.8" customHeight="1">
       <c r="A17" s="4"/>
       <c r="B17" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C17" s="6" t="s">
         <v>33</v>
       </c>
       <c r="D17" s="4"/>
       <c r="E17" s="5"/>
       <c r="F17" s="6"/>
       <c r="G17" s="4"/>
       <c r="H17" s="5" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="I17" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J17" s="4"/>
       <c r="K17" s="5"/>
       <c r="L17" s="6"/>
       <c r="M17" s="4"/>
       <c r="N17" s="5" t="s">
         <v>83</v>
       </c>
       <c r="O17" s="6" t="s">
         <v>37</v>
       </c>
       <c r="P17" s="4"/>
       <c r="Q17" s="5"/>
       <c r="R17" s="6"/>
       <c r="S17" s="4"/>
       <c r="T17" s="5"/>
       <c r="U17" s="6"/>
     </row>
     <row r="18" spans="1:21" ht="25.8" customHeight="1">
       <c r="A18" s="4"/>
       <c r="B18" s="5" t="s">
         <v>34</v>
@@ -4636,152 +4533,152 @@
       <c r="D19" s="4"/>
       <c r="E19" s="5"/>
       <c r="F19" s="6"/>
       <c r="G19" s="4"/>
       <c r="H19" s="5" t="s">
         <v>34</v>
       </c>
       <c r="I19" s="6" t="s">
         <v>35</v>
       </c>
       <c r="J19" s="4"/>
       <c r="K19" s="5"/>
       <c r="L19" s="6"/>
       <c r="M19" s="4"/>
       <c r="N19" s="5"/>
       <c r="O19" s="6"/>
       <c r="P19" s="4"/>
       <c r="Q19" s="5"/>
       <c r="R19" s="6"/>
       <c r="S19" s="4"/>
       <c r="T19" s="5"/>
       <c r="U19" s="6"/>
     </row>
     <row r="21" spans="1:21">
       <c r="B21" s="7" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="C21" s="8"/>
       <c r="D21" s="8"/>
       <c r="E21" s="8"/>
       <c r="H21" s="7" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="I21" s="8"/>
       <c r="J21" s="8"/>
       <c r="K21" s="8"/>
       <c r="M21" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="N21" s="8"/>
       <c r="O21" s="8"/>
       <c r="P21" s="8"/>
       <c r="Q21" s="8"/>
     </row>
     <row r="22" spans="1:21">
       <c r="B22" s="7" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="C22" s="8"/>
       <c r="D22" s="8"/>
       <c r="E22" s="8"/>
       <c r="H22" s="7" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="I22" s="8"/>
       <c r="J22" s="8"/>
       <c r="K22" s="8"/>
       <c r="M22" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="N22" s="8"/>
       <c r="O22" s="8"/>
       <c r="P22" s="8"/>
       <c r="Q22" s="8"/>
     </row>
     <row r="23" spans="1:21">
       <c r="B23" s="7" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="C23" s="8"/>
       <c r="D23" s="8"/>
       <c r="E23" s="8"/>
       <c r="H23" s="7" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="I23" s="8"/>
       <c r="J23" s="8"/>
       <c r="K23" s="8"/>
       <c r="M23" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="N23" s="8"/>
       <c r="O23" s="8"/>
       <c r="P23" s="8"/>
       <c r="Q23" s="8"/>
     </row>
     <row r="24" spans="1:21">
       <c r="M24" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="N24" s="8"/>
       <c r="O24" s="8"/>
       <c r="P24" s="8"/>
       <c r="Q24" s="8"/>
     </row>
     <row r="25" spans="1:21">
       <c r="M25" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="N25" s="8"/>
       <c r="O25" s="8"/>
       <c r="P25" s="8"/>
       <c r="Q25" s="8"/>
     </row>
     <row r="27" spans="1:21">
       <c r="N27" s="7" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="O27" s="8"/>
       <c r="P27" s="8"/>
       <c r="Q27" s="8"/>
       <c r="R27" s="8"/>
       <c r="S27" s="8"/>
     </row>
     <row r="28" spans="1:21">
       <c r="N28" s="7" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="O28" s="8"/>
       <c r="P28" s="8"/>
       <c r="Q28" s="8"/>
       <c r="R28" s="8"/>
       <c r="S28" s="8"/>
     </row>
     <row r="29" spans="1:21">
       <c r="N29" s="7" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="O29" s="8"/>
       <c r="P29" s="8"/>
       <c r="Q29" s="8"/>
       <c r="R29" s="8"/>
       <c r="S29" s="8"/>
     </row>
   </sheetData>
   <mergeCells count="23">
     <mergeCell ref="C2:S2"/>
     <mergeCell ref="C3:S3"/>
     <mergeCell ref="A4:C4"/>
     <mergeCell ref="D4:F4"/>
     <mergeCell ref="G4:I4"/>
     <mergeCell ref="J4:L4"/>
     <mergeCell ref="M4:O4"/>
     <mergeCell ref="P4:R4"/>
     <mergeCell ref="S4:U4"/>
     <mergeCell ref="M21:Q21"/>
     <mergeCell ref="M22:Q22"/>
     <mergeCell ref="M23:Q23"/>
     <mergeCell ref="M24:Q24"/>
     <mergeCell ref="M25:Q25"/>
     <mergeCell ref="B21:E21"/>
     <mergeCell ref="B22:E22"/>